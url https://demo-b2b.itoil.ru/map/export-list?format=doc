--- v0 (2025-12-06)
+++ v1 (2026-01-29)
@@ -97,101 +97,113 @@
           <w:br/>
           Цена Керосин1111111111111 - 40,47
           <w:br/>
           Цена ДТ летнее - 50,57
           <w:br/>
           Цена ДТ зимнее - 50,57
           <w:br/>
           Цена 95 Премиум - 48,53
           <w:br/>
           Цена 92 Регуляр - 45,00
           <w:br/>
           Цена 98 Супер - 50,51
           <w:br/>
           7) АЗС №1 - 327693, статус - Строительство/ремонт,  г. Москва, улица Поляны, вл3В, 55.561614:37.556489
           <w:br/>
           Цена 80 - 37,91
           <w:br/>
           Цена ДТ летнее - 47,83
           <w:br/>
           Цена ДТ зимнее - 50,57
           <w:br/>
           Цена 95 Премиум - 47,58
           <w:br/>
           Цена 92 Регуляр - 44,05
           <w:br/>
-          8) POS АЗС №10 2.53.03 - 327708, статус - Работает,  Дворцовая пл., 2, Санкт-Петербург, 190000, 59.9386:30.3141
-[...11 lines deleted...]
-          9) POS АЗС Лимитная группа - 327718, статус - Работает,  Советская, 54:30
+          8) POS АЗС Лимитная группа - 327718, статус - Работает,  Советская, 54:30
           <w:br/>
           Цена 80 - 40,09
           <w:br/>
           Цена Керосин1111111111111 - 40,47
           <w:br/>
           Цена ДТ летнее - 45,93
           <w:br/>
           Цена ДТ зимнее - 46,88
           <w:br/>
           Цена 95 Премиум - 45,84
           <w:br/>
           Цена 92 Регуляр - 42,37
           <w:br/>
           Цена 98 Супер - 47,79
           <w:br/>
-          10) ЦП КМП 2.62.02 - 1, статус - Строительство/ремонт,  Центр, 55.7520233:37.6174994
+          9) ЦП КМП 2.62.02 - 1, статус - Строительство/ремонт,  Центр, 55.7520233:37.6174994
           <w:br/>
           Цена 222 - 0,00
           <w:br/>
           Цена 98 Супер - 0,00
           <w:br/>
-          11) АЗС №17 - 327681, статус - Работает,  ул. Балтийская, 55.804779:37.515549
+          10) АЗС №17 - 327681, статус - Работает,  ул. Балтийская, 55.804779:37.515549
           <w:br/>
           Цена 80 - 38,10
           <w:br/>
           Цена ДТ летнее - 47,83
           <w:br/>
           Цена ДТ зимнее - 50,57
           <w:br/>
           Цена 92 Регуляр - 42,40
           <w:br/>
           Цена 98 Супер - 49,56
           <w:br/>
-          12) АГНКC-1 г. Барабинск - 327747, статус - Работает,  , :
-[...3 lines deleted...]
-          14) ЕКБ резерв - 328036, статус - Работает,  , :
+          11) АГНКC-1 г. Барабинск - 327747, статус - Работает,  , :
+          <w:br/>
+          12) АГНКС-1 г. Заинск - 328041, статус - Работает,  , :
+          <w:br/>
+          13) ЕКБ резерв - 328036, статус - Работает,  , :
+          <w:br/>
+          14) АЗС №18 - 327682, статус - Работает,  , :
+          <w:br/>
+          Цена ДТ летнее - 47,83
+          <w:br/>
+          Цена ДТ зимнее - 50,57
+          <w:br/>
+          Цена 92 Регуляр - 44,05
+          <w:br/>
+          15) АЗС №17/1 - 327684, статус - Работает,  , :
+          <w:br/>
+          Цена 80 - 37,91
+          <w:br/>
+          Цена ДТ летнее - 47,83
+          <w:br/>
+          Цена ДТ зимнее - 50,57
+          <w:br/>
+          Цена 95 Премиум - 47,58
+          <w:br/>
+          Цена 92 Регуляр - 44,05
+          <w:br/>
+          16) ПАГЗ-2 г. Волгоград - 327740, статус - Работает,  , :
+          <w:br/>
+          Цена ТССУС - 45,00
           <w:br/>
         </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>