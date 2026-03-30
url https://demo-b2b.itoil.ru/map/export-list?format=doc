--- v1 (2026-01-29)
+++ v2 (2026-03-30)
@@ -137,73 +137,89 @@
           <w:br/>
           9) ЦП КМП 2.62.02 - 1, статус - Строительство/ремонт,  Центр, 55.7520233:37.6174994
           <w:br/>
           Цена 222 - 0,00
           <w:br/>
           Цена 98 Супер - 0,00
           <w:br/>
           10) АЗС №17 - 327681, статус - Работает,  ул. Балтийская, 55.804779:37.515549
           <w:br/>
           Цена 80 - 38,10
           <w:br/>
           Цена ДТ летнее - 47,83
           <w:br/>
           Цена ДТ зимнее - 50,57
           <w:br/>
           Цена 92 Регуляр - 42,40
           <w:br/>
           Цена 98 Супер - 49,56
           <w:br/>
           11) АГНКC-1 г. Барабинск - 327747, статус - Работает,  , :
           <w:br/>
           12) АГНКС-1 г. Заинск - 328041, статус - Работает,  , :
           <w:br/>
           13) ЕКБ резерв - 328036, статус - Работает,  , :
           <w:br/>
-          14) АЗС №18 - 327682, статус - Работает,  , :
+          14) АЗС №18 - 327682, статус - Работает,  Санкт-Петербург, 59.9386:30.3141
           <w:br/>
           Цена ДТ летнее - 47,83
           <w:br/>
           Цена ДТ зимнее - 50,57
           <w:br/>
           Цена 92 Регуляр - 44,05
           <w:br/>
           15) АЗС №17/1 - 327684, статус - Работает,  , :
           <w:br/>
           Цена 80 - 37,91
           <w:br/>
           Цена ДТ летнее - 47,83
           <w:br/>
           Цена ДТ зимнее - 50,57
           <w:br/>
           Цена 95 Премиум - 47,58
           <w:br/>
           Цена 92 Регуляр - 44,05
           <w:br/>
           16) ПАГЗ-2 г. Волгоград - 327740, статус - Работает,  , :
           <w:br/>
           Цена ТССУС - 45,00
+          <w:br/>
+          17) АЗС №9 - 327686, статус - Работает,  Аэропорт, 55.971010:37.374283
+          <w:br/>
+          Цена 80 - 37,91
+          <w:br/>
+          Цена Керосин1111111111111 - 40,47
+          <w:br/>
+          Цена ДТ летнее - 47,83
+          <w:br/>
+          Цена ДТ зимнее - 50,57
+          <w:br/>
+          Цена 95 Премиум - 47,58
+          <w:br/>
+          Цена 92 Регуляр - 44,05
+          <w:br/>
+          Цена 98 Супер - 49,56
           <w:br/>
         </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>